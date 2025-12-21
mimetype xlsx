--- v0 (2025-11-02)
+++ v1 (2025-12-21)
@@ -1,1648 +1,1528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="164011"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Геннадий\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9000"/>
+    <workbookView xWindow="0" yWindow="2400" windowWidth="24000" windowHeight="8985"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
-    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
-[...7 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="677" uniqueCount="428">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="672" uniqueCount="421">
   <si>
     <t xml:space="preserve">                   Наименование</t>
   </si>
   <si>
     <t xml:space="preserve">                                                   Описание</t>
   </si>
   <si>
     <t>Цена за 1гр.</t>
   </si>
   <si>
     <t>1.</t>
   </si>
   <si>
+    <t>Акант мягкий Acanthus mollis</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> h-50-70, мн-к с крупным колосовидным соцветием </t>
+  </si>
+  <si>
     <t>300рублей</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
-    <t>Акант мягкий Acanthus mollis</t>
-[...4 lines deleted...]
-  <si>
     <t>3.</t>
   </si>
   <si>
+    <t>Аконит Чекановского Aconitum czekanowskyi</t>
+  </si>
+  <si>
+    <t>h-80-140, цв. тёмно-фиолетовые в рыхлой кисти до15-40 см.</t>
+  </si>
+  <si>
+    <t>4.</t>
+  </si>
+  <si>
+    <t>Аконит Кузнецова Aconitum kusnezoffii</t>
+  </si>
+  <si>
+    <t>h-60-150, цв. фиолетово-синей окраски в плотных метёлках</t>
+  </si>
+  <si>
+    <t>5.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Аконит Тока A. Tokii </t>
   </si>
   <si>
-    <t>1. h-50-60, цв. розовые или бледно-фиолетовые.</t>
+    <t>6.</t>
+  </si>
+  <si>
+    <t>Аконит восточный Aconitum orientalis</t>
+  </si>
+  <si>
+    <t>h-100, цв. желтовато-белые</t>
+  </si>
+  <si>
+    <t>7.</t>
+  </si>
+  <si>
+    <t>Анемона японская А. japonica</t>
+  </si>
+  <si>
+    <t>h-150, цв. розовые конец июля-август. Полутень</t>
+  </si>
+  <si>
+    <t>350рублей</t>
+  </si>
+  <si>
+    <t>8.</t>
+  </si>
+  <si>
+    <t>Анемона виноградолистная Anemone vitifolia</t>
+  </si>
+  <si>
+    <t>h-130-150, цв. розовато-белые, август-сентябрь</t>
+  </si>
+  <si>
+    <t>9.</t>
+  </si>
+  <si>
+    <t>Анемона войлочная Anemone tomentosa</t>
+  </si>
+  <si>
+    <t>h-100, цв. беловато-розовые, цветение август-сентябрь. </t>
+  </si>
+  <si>
+    <t>10.</t>
+  </si>
+  <si>
+    <t>Анемона виргинская Anemone virginiana</t>
+  </si>
+  <si>
+    <t>h-30-50, цв. белые, соплодия вытянутые, крупные.Солнце-тень.</t>
+  </si>
+  <si>
+    <t>11.</t>
+  </si>
+  <si>
+    <t>Анемона канадская Anemone canadensis</t>
+  </si>
+  <si>
+    <t>h-40-50, цв. белые, май, листва декоративна весь сезон</t>
+  </si>
+  <si>
+    <t>330рублей</t>
+  </si>
+  <si>
+    <t>12.</t>
+  </si>
+  <si>
+    <t>13.</t>
+  </si>
+  <si>
+    <t>Анемона приречная A. rivularis</t>
+  </si>
+  <si>
+    <t>h-30-40, высокий ветвистый  цветонос до 150, цв. бел.</t>
+  </si>
+  <si>
+    <t>14.</t>
+  </si>
+  <si>
+    <t>Анемона цилиндрическая A. cylindrica</t>
+  </si>
+  <si>
+    <t>h-40-80, цв. белые,  соплодие цилиндрическое</t>
+  </si>
+  <si>
+    <t>15.</t>
+  </si>
+  <si>
+    <t>Анемона лесная A. silvestris</t>
+  </si>
+  <si>
+    <t>h-20-40, цв. белые крупные</t>
+  </si>
+  <si>
+    <t>16.</t>
+  </si>
+  <si>
+    <t>17.</t>
+  </si>
+  <si>
+    <t>18.</t>
+  </si>
+  <si>
+    <t>19.</t>
+  </si>
+  <si>
+    <t>21.</t>
+  </si>
+  <si>
+    <t>22.</t>
+  </si>
+  <si>
+    <t>h-20-30, цв. голубые крупные, осеннее цветение</t>
+  </si>
+  <si>
+    <t>23.</t>
+  </si>
+  <si>
+    <t>Астра голая A. laevigata</t>
+  </si>
+  <si>
+    <t>h-75-120, цв. нежно сиреневые, цветение в июле</t>
+  </si>
+  <si>
+    <t>24.</t>
+  </si>
+  <si>
+    <t>h-0,5-1,0, цв. св.-зелен. в длинном красном узком метельчат. соцветии. </t>
+  </si>
+  <si>
+    <t>25.</t>
+  </si>
+  <si>
+    <t>Василистник растопыренный Thalictrum squarrosum</t>
+  </si>
+  <si>
+    <t>h-50-80, рыхлое раскидистое соцветие, цветение в июне</t>
+  </si>
+  <si>
+    <t>26.</t>
+  </si>
+  <si>
+    <t>Вербена копьевидная Verbena hastata</t>
+  </si>
+  <si>
+    <t>h-1,5м, цв. синие или пурпурно-синие в густом соцветии</t>
+  </si>
+  <si>
+    <t>27.</t>
+  </si>
+  <si>
+    <t>28.</t>
+  </si>
+  <si>
+    <t>29.</t>
+  </si>
+  <si>
+    <t>30.</t>
+  </si>
+  <si>
+    <t>31.</t>
+  </si>
+  <si>
+    <t>Вернония Балдвина V. baldvinii</t>
+  </si>
+  <si>
+    <t>h-150, лиловые, яркие, мелкие в крупных соцветиях</t>
+  </si>
+  <si>
+    <t>32.</t>
+  </si>
+  <si>
+    <t>33.</t>
+  </si>
+  <si>
+    <t>Ворсянка Гмелина Dipsacus gmelinii</t>
+  </si>
+  <si>
+    <t>h-50-150, цветочные головки округлые, цв. голубые. Двухлетник</t>
+  </si>
+  <si>
+    <t>200рублей</t>
+  </si>
+  <si>
+    <t>34.</t>
+  </si>
+  <si>
+    <t>Гладиолус черепитчатый Gladiolus umbricatus</t>
+  </si>
+  <si>
+    <t>h-50цв. красные мелкие, великолепен в массиве.</t>
+  </si>
+  <si>
+    <t>35.</t>
+  </si>
+  <si>
+    <t>Горец изменчивый P. polimorfa</t>
+  </si>
+  <si>
+    <t>h-120-150, розовато-белые в метельчатом соцветии</t>
+  </si>
+  <si>
+    <t>36.</t>
+  </si>
+  <si>
+    <t>37.</t>
+  </si>
+  <si>
+    <t>38.</t>
+  </si>
+  <si>
+    <t>Горечавка толстостебельная G. crasicaulis</t>
+  </si>
+  <si>
+    <t>h-25-40, цв. белые с голубовато-пурпурным венчиком,</t>
+  </si>
+  <si>
+    <t>400рублей</t>
+  </si>
+  <si>
+    <t>39.</t>
+  </si>
+  <si>
+    <t>Горечавка жёлтая G. lutea</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. Жёлтые в крупных соцветиях, листья крупные.</t>
+  </si>
+  <si>
+    <t>40.</t>
+  </si>
+  <si>
+    <t>Дудник лекарственный Angelica arhangelica</t>
+  </si>
+  <si>
+    <t>h-150-180, зонтичное, многолетник</t>
+  </si>
+  <si>
+    <t>41.</t>
+  </si>
+  <si>
+    <t>Дудник даурский Angelica daurica</t>
+  </si>
+  <si>
+    <t>h-100-200, цв. белые в крупных зонтиках, стебель пурпурно-зелён.</t>
+  </si>
+  <si>
+    <t>42.</t>
+  </si>
+  <si>
+    <t>Зверобой большой "Albiflora" Hypericum ascyron</t>
+  </si>
+  <si>
+    <t>h-100, цв. крупн. белые. Мн-к, абсолютно устойчивый.</t>
+  </si>
+  <si>
+    <t>43.</t>
+  </si>
+  <si>
+    <t>Зверобой непахнущий Hypericum inodorum</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. жёлтые, плоды круглые, коричневые.</t>
+  </si>
+  <si>
+    <t>45.</t>
+  </si>
+  <si>
+    <t>Зверобой Геблера Hypericum geblerii</t>
+  </si>
+  <si>
+    <t>h-100-130, цв. крупные жёлтые. Цветет в июле — августе.</t>
+  </si>
+  <si>
+    <t>46.</t>
+  </si>
+  <si>
+    <t>Зверобой большой Hypericum ascyron</t>
+  </si>
+  <si>
+    <t>h-100, цв. крупные, жёлтые. Цветение на 2 недели позже з. Геблера</t>
+  </si>
+  <si>
+    <t>47.</t>
+  </si>
+  <si>
+    <t>48.</t>
+  </si>
+  <si>
+    <t>49.</t>
+  </si>
+  <si>
+    <t>Зопник рещётчатый Phlomis cancellata</t>
+  </si>
+  <si>
+    <t>h-50-80, цв. светло жёлтые, в мутовчатом соцветии</t>
+  </si>
+  <si>
+    <t>50.</t>
+  </si>
+  <si>
+    <t>51.</t>
+  </si>
+  <si>
+    <t>52.</t>
+  </si>
+  <si>
+    <t>Катран приморский Crambe maritima</t>
+  </si>
+  <si>
+    <t>53.</t>
+  </si>
+  <si>
+    <t>Китаибелия виноградолистная Kitaibelia vitifolia</t>
+  </si>
+  <si>
+    <t>h-50-200, цв. белые  крупные, полутень- тень</t>
+  </si>
+  <si>
+    <t>54.</t>
+  </si>
+  <si>
+    <t>Клематис шестилепестковый Clematis hexapetala</t>
+  </si>
+  <si>
+    <t>h-30-70,цв. бел. на вершине стебля в щитковом соцветии.</t>
+  </si>
+  <si>
+    <t>55.</t>
+  </si>
+  <si>
+    <t>56.</t>
+  </si>
+  <si>
+    <t>Коровяк красивый Verbascum speciosum</t>
+  </si>
+  <si>
+    <t>h-130-180, цв. белые в колосов. соцв. Двухлетник</t>
+  </si>
+  <si>
+    <t>57.</t>
+  </si>
+  <si>
+    <t>Коровяк чёрный Verbascus nigrum</t>
+  </si>
+  <si>
+    <t>h-130-150, цв. жёлтые в колосовидном соцветии</t>
+  </si>
+  <si>
+    <t>250рублей</t>
+  </si>
+  <si>
+    <t>58.</t>
+  </si>
+  <si>
+    <t>59.</t>
+  </si>
+  <si>
+    <t>Кровохлёбка мелкоцветковая Sanguisorba parviflora</t>
+  </si>
+  <si>
+    <t>60.</t>
+  </si>
+  <si>
+    <t>Кровохлёбка тупая Sanguisorba obtusa</t>
+  </si>
+  <si>
+    <t>h-40-50, цв. роз. опушённые "колбаски". Открыт. участки.</t>
+  </si>
+  <si>
+    <t>61.</t>
+  </si>
+  <si>
+    <t>Кровохлёбка ситхинская S. sytchensis</t>
+  </si>
+  <si>
+    <t>h-120, цв. белые мохнатые "колбаски"</t>
+  </si>
+  <si>
+    <t>62.</t>
+  </si>
+  <si>
+    <t>63.</t>
+  </si>
+  <si>
+    <t>Кровохлёбка гибридная S. hybr.</t>
+  </si>
+  <si>
+    <t>h-100, цв. т.красные "колбаски" мохнатые</t>
+  </si>
+  <si>
+    <t>64.</t>
+  </si>
+  <si>
+    <t>65.</t>
+  </si>
+  <si>
+    <t>66.</t>
+  </si>
+  <si>
+    <t>67.</t>
   </si>
   <si>
     <t>280рублей</t>
   </si>
   <si>
-    <t>4.</t>
-[...38 lines deleted...]
-    <t>Анемона цилиндрическая A. cylindrica</t>
+    <t>68.</t>
+  </si>
+  <si>
+    <t>69.</t>
+  </si>
+  <si>
+    <t>Лунник оживающий Lunaria rediviva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">h-60-100, цв. бледно-розовые. Цветение в конце мая. </t>
+  </si>
+  <si>
+    <t>70.</t>
+  </si>
+  <si>
+    <t>71.</t>
+  </si>
+  <si>
+    <t>h-40-60, цв. бело-жёлтые в колосовидном соцветии</t>
+  </si>
+  <si>
+    <t>72.</t>
+  </si>
+  <si>
+    <t>73.</t>
+  </si>
+  <si>
+    <t>Нектароскордум болгарский Nectaroscordum bulgaricum</t>
+  </si>
+  <si>
+    <t>h-0,5-1,5, цв. розово-сиреневые с белым налётом. Тень.</t>
+  </si>
+  <si>
+    <t>74.</t>
+  </si>
+  <si>
+    <t>Нектароскордум Nectaroscordum melliophillum</t>
+  </si>
+  <si>
+    <t>h-50-130, цв. розово-сиреневые.  Тень-полутень.</t>
+  </si>
+  <si>
+    <t>75.</t>
+  </si>
+  <si>
+    <t>76.</t>
+  </si>
+  <si>
+    <t>Партениум цельнолистный Partenium integrifolium</t>
+  </si>
+  <si>
+    <t>h-90-150, цв. белые в крупных щитковых соцветих, л. крупные.</t>
+  </si>
+  <si>
+    <t>77.</t>
+  </si>
+  <si>
+    <t>Пенстемон колокольчиковый P. сampanulata</t>
+  </si>
+  <si>
+    <t>h-60, цв. розовые или сиреневые</t>
+  </si>
+  <si>
+    <t>78.</t>
+  </si>
+  <si>
+    <t>Пижма курчавая T. crispa</t>
+  </si>
+  <si>
+    <t>h-40-60, цв. белые ромашки (хризантемы). Полутень</t>
+  </si>
+  <si>
+    <t>79.</t>
+  </si>
+  <si>
+    <t>80.</t>
+  </si>
+  <si>
+    <t>Пион Рока Paeonia rockii</t>
+  </si>
+  <si>
+    <t>h-до 2,0, цв. белые, розовые, красные простые или махровые</t>
+  </si>
+  <si>
+    <t>81.</t>
+  </si>
+  <si>
+    <t>Пиретрум щитковый Pyretrum corymbosum</t>
+  </si>
+  <si>
+    <t>h-30-60,цв. белые хризантемы. Цвет-е в конце июня</t>
+  </si>
+  <si>
+    <t>82.</t>
+  </si>
+  <si>
+    <t>83.</t>
+  </si>
+  <si>
+    <t>84.</t>
+  </si>
+  <si>
+    <t>85.</t>
+  </si>
+  <si>
+    <t>Посконник продырявленный Eupatorium perfoliatum</t>
+  </si>
+  <si>
+    <t>h-100, цв. белые в плотных соцветиях</t>
+  </si>
+  <si>
+    <t>86.</t>
+  </si>
+  <si>
+    <t>Прострел смесь сортов</t>
+  </si>
+  <si>
+    <t>h-25-30, цв. сиреневые, лиловые, фиолетовые</t>
+  </si>
+  <si>
+    <t>87.</t>
+  </si>
+  <si>
+    <t>88.</t>
+  </si>
+  <si>
+    <t>89.</t>
+  </si>
+  <si>
+    <t>90.</t>
+  </si>
+  <si>
+    <t>91.</t>
+  </si>
+  <si>
+    <t>92.</t>
+  </si>
+  <si>
+    <t>93.</t>
+  </si>
+  <si>
+    <t>Сильфия цельнолистная S. integrifolium</t>
+  </si>
+  <si>
+    <t>h-150, цв. жёлтые ромашки, л. узкие длинные</t>
+  </si>
+  <si>
+    <t>94.</t>
+  </si>
+  <si>
+    <t>95.</t>
+  </si>
+  <si>
+    <t>96.</t>
+  </si>
+  <si>
+    <t>Синейлезис пальмолистный Syneilesis palmata</t>
+  </si>
+  <si>
+    <t>h-40-60, цветонос до 150, цв. сиреневые, л. сильно рассечёные.</t>
+  </si>
+  <si>
+    <t>500рублей</t>
+  </si>
+  <si>
+    <t>97.</t>
+  </si>
+  <si>
+    <t>98.</t>
+  </si>
+  <si>
+    <t>Солидаго (Золотарник) Solidago virgo-aurea</t>
+  </si>
+  <si>
+    <t xml:space="preserve">h-70-100,  золотая розга </t>
+  </si>
+  <si>
+    <t>99.</t>
+  </si>
+  <si>
+    <t>Трёхкосточник оранжевый Triosteum auranticum</t>
+  </si>
+  <si>
+    <t>h-60-80, плоды оранжевого цвета. Тень, полутень.</t>
+  </si>
+  <si>
+    <t>Тысячелистник таволговый Achillea filipendulina</t>
+  </si>
+  <si>
+    <t>h-60-100, цв. жёлтые в щитковом соцветии</t>
+  </si>
+  <si>
+    <t>Филипендула камчатская Filipendula camtschatica</t>
+  </si>
+  <si>
+    <t>h-150-200, цв. белые, л. пятилопастрые, очень крупные.</t>
+  </si>
+  <si>
+    <t>Хелона голая Helone glabra</t>
+  </si>
+  <si>
+    <t>h до 1.5 м, цв. белые с розоватым оттенком в густых соцветиях.</t>
+  </si>
+  <si>
+    <t>Цицербита тяньшаньская Cicerbita thyanschanica</t>
+  </si>
+  <si>
+    <t>h-50-150, цв. бледно-фиолетовые, л. сердцевидной формы</t>
+  </si>
+  <si>
+    <t>Черемица Лобеля Veratrum lobelianum</t>
+  </si>
+  <si>
+    <t>h-50-150, цв. зеленовато-жёлтые в крупном, высоком соцветии</t>
+  </si>
+  <si>
+    <t>Чина Давида Lathyrus davidii</t>
+  </si>
+  <si>
+    <t>вьющееся растение, h-100, цв. жёлто-оранжевые.</t>
+  </si>
+  <si>
+    <t>Шехороватка поникающая Histrix patula</t>
+  </si>
+  <si>
+    <t>h-60, соцветие с крупными остьями!</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> h-50-60, цв. розовые или бледно-фиолетовые.</t>
   </si>
   <si>
     <t>h-20-40, цв. белые,  соплодие цилиндрическое</t>
   </si>
   <si>
-    <t>10.</t>
-[...1 lines deleted...]
-  <si>
     <t>Астильба Давида Astilbe davidii</t>
   </si>
   <si>
     <t>h-160-180, цв. кр.-розов. в крупн. вертикальном соцветии.</t>
   </si>
   <si>
-    <t xml:space="preserve">Астра монгольская A.mongolicum  </t>
-[...14 lines deleted...]
-    <t>13.</t>
+    <t>Астра шершавая Aster scabrum</t>
+  </si>
+  <si>
+    <t>h-50, цв. белые, высокий  раскидистый  цветонос</t>
   </si>
   <si>
     <t>Астра солнечнозонтичная A. umbelatus</t>
   </si>
   <si>
     <t>h-150, цв. белые с желтым диском.</t>
   </si>
   <si>
-    <t>14.</t>
-[...8 lines deleted...]
-    <t>15.</t>
+    <t>Атрактилоидес (Веретенник)яйцевидный Atractiloides ovatus</t>
+  </si>
+  <si>
+    <t>h- 30-80, л. т.-зеленые, кожистые, по краям пильчатые.</t>
+  </si>
+  <si>
+    <t>Бузульник тангутский  Ligularia tangutica</t>
+  </si>
+  <si>
+    <t>h-130, цв. жёлт. в дл. метёлках, л. сильно рассечены</t>
+  </si>
+  <si>
+    <t>Бузульник L. alatipes</t>
+  </si>
+  <si>
+    <t>h-80-100, цв. жёлт. ромашковидн.</t>
+  </si>
+  <si>
+    <t>Волжанка азиатская Aruncus asiaticus</t>
+  </si>
+  <si>
+    <t>h-80-100, цв. белые в кистевых соцветиях. Тень.</t>
+  </si>
+  <si>
+    <t>Волжанка двудомная Aruncus dioicus</t>
+  </si>
+  <si>
+    <t>h-150-200, цв. белые в кистевидных соцветиях. Цветение в июне-июле</t>
+  </si>
+  <si>
+    <t>20.</t>
+  </si>
+  <si>
+    <t>150рублей</t>
+  </si>
+  <si>
+    <t xml:space="preserve">h-100, цв. белые  </t>
+  </si>
+  <si>
+    <t>Кореопсис трёхкрылый Coreopsis tripteron</t>
+  </si>
+  <si>
+    <t>h-130-180, цв. жёлтые ромашки. Цветение во 2-й половине лета.</t>
+  </si>
+  <si>
+    <t>Кровохлёбка тонколистная Sanguisorba tenuifolia</t>
+  </si>
+  <si>
+    <t>h-150-200, цв. красные, розовые, белые в цилиндрических соцветиях.</t>
+  </si>
+  <si>
+    <t>Мордовник шароголовый Echinops sphaerocephalum</t>
+  </si>
+  <si>
+    <t>h-80-100, соцветия шаровидные и л. крупн., серебр.-зелён.</t>
+  </si>
+  <si>
+    <t>Наперстянка Трояна Digitalis trojana</t>
+  </si>
+  <si>
+    <t>h-70, цв. белые с коричн. крапом с белой нижней губой.</t>
+  </si>
+  <si>
+    <t>Наперстянка Ламарка с коричневым крапом</t>
+  </si>
+  <si>
+    <t>Осока пальмолистная Carex palmata</t>
+  </si>
+  <si>
+    <t>h-50-60, л-ва очень декоративная. Плоды в коричн.колосе.</t>
+  </si>
+  <si>
+    <t>Осока мускинум Carex muskingumensis</t>
+  </si>
+  <si>
+    <t>h-60-70, создаёт экзотический эффект папируса</t>
+  </si>
+  <si>
+    <t>Пенстемон Коба Penstemon cobaea</t>
+  </si>
+  <si>
+    <t>h-60-80, цв. белые, листья крупные зелёные.</t>
+  </si>
+  <si>
+    <t>Пенстемон крупноцветковый P. grandiflorus</t>
+  </si>
+  <si>
+    <t>h-60-100, цв. св.-сиреневые, устойчивый многолетник</t>
+  </si>
+  <si>
+    <t>Пенстемон мозолистый P. callosum</t>
+  </si>
+  <si>
+    <t>h-60-80, цв. голубовато белые, крупные колокольчатые</t>
+  </si>
+  <si>
+    <t>Посконник морщинистый Eupatorium rugosum</t>
+  </si>
+  <si>
+    <t>Птелея трёхлисточковая Ptelea trifolia</t>
+  </si>
+  <si>
+    <t>Кустовая ф. дерева, h-3,0. Интересны пучки семян</t>
+  </si>
+  <si>
+    <t>Ревень волнистый Rh. rabarbarum</t>
+  </si>
+  <si>
+    <t>h-40-60, листва  крупная, очень  декоративная</t>
+  </si>
+  <si>
+    <t>Ревель алтайский Reum altaicum</t>
+  </si>
+  <si>
+    <t>h- до 200, л. длин.-треугольный с волнистым краем</t>
+  </si>
+  <si>
+    <t>Ревень компактный Rheum compactnum</t>
+  </si>
+  <si>
+    <t>h-120, лист сердцевидно-округлый</t>
+  </si>
+  <si>
+    <t>Сильфия пронзённолистная Silphium perfoliatum</t>
+  </si>
+  <si>
+    <t>Солонечник эстрагоновый Galatella dracenculoides</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. сиреневые в крупн. щитковых соцветия</t>
+  </si>
+  <si>
+    <t>Солонечник точечный Galatella punctata</t>
+  </si>
+  <si>
+    <t>h-130, цв. сирен-е с жёлт. ц-ом в крупн, соцвет. полукругл.</t>
+  </si>
+  <si>
+    <t>Термопсис каролинский Thermopsis carolineana</t>
+  </si>
+  <si>
+    <t>h-100, цв. жёлтые.</t>
+  </si>
+  <si>
+    <t>h-150-200, цв. белые, л. пятилопаст-е, оч. крупные</t>
+  </si>
+  <si>
+    <t>Пенстемон мозолистый P. сallosum</t>
+  </si>
+  <si>
+    <t>Горечавка мощная Gentiana robusta</t>
+  </si>
+  <si>
+    <t>Буквица лекарственная "Alba" Betonica officinalis</t>
+  </si>
+  <si>
+    <t>Лжекрестовник пропущенный Parasenecio pratermisa</t>
+  </si>
+  <si>
+    <t>Каплесемянник раскидистый Sporobolus heterolepsis</t>
+  </si>
+  <si>
+    <t>Пион молочноцветковый</t>
+  </si>
+  <si>
+    <t>Короставник македонский "Red Knight" Knautia macedonica</t>
+  </si>
+  <si>
+    <t>Астилбоидес пластинчатый Astilboides tabularis</t>
+  </si>
+  <si>
+    <t>Горец альпийский Polygonum alpinum</t>
+  </si>
+  <si>
+    <t>Астранция трёхнадрезная Astranthia trifida</t>
+  </si>
+  <si>
+    <t>Гладиолус обыкновенный (Шпажник) Gladiolus communis</t>
+  </si>
+  <si>
+    <t>Лютик аконитолистный Ranunculus aconitifolius</t>
+  </si>
+  <si>
+    <t>Мак самосейка Papaver rhoeas</t>
+  </si>
+  <si>
+    <t>Анемона каролинская Anemone caroline</t>
+  </si>
+  <si>
+    <t>Гилления трёхлистная Gillenia trifoliata</t>
+  </si>
+  <si>
+    <t>Какалия аконитолистная Cacalia aconitifolium</t>
+  </si>
+  <si>
+    <t>Аконит родственный Aconitum consanguineum</t>
+  </si>
+  <si>
+    <t>Бузульник Вича Ligularia veichianum</t>
+  </si>
+  <si>
+    <t>Вероника ложная Veronica spuria</t>
+  </si>
+  <si>
+    <t>Волжанка камчатская Aruncus kamtschaticus</t>
+  </si>
+  <si>
+    <t>Трёхкосточник продырявленный Triosteum perfoliatum</t>
+  </si>
+  <si>
+    <t>Вероникаструм виргинский "Alba" Veronicastrum virginicum</t>
+  </si>
+  <si>
+    <t>Вербейник густоцветковый Lysimachia barystachys</t>
+  </si>
+  <si>
+    <t>Вероникаструм сибирский Veronicastrum sibiricum</t>
+  </si>
+  <si>
+    <t>Кровохлёбка канадская Sanguisorba canadensis</t>
+  </si>
+  <si>
+    <t>Кровохлёбка s.p.</t>
+  </si>
+  <si>
+    <t>h-130-150, цв. розовые, красные</t>
+  </si>
+  <si>
+    <t>h-40, цв. красные</t>
+  </si>
+  <si>
+    <t>Вероникаструм виргинский "Pink Glow" Veronicastrum virginicum</t>
+  </si>
+  <si>
+    <t>Кровохлёбка прилистниковая Sanguisorba stipulata</t>
+  </si>
+  <si>
+    <t>Просо прутьевидное Panicum virgatum</t>
+  </si>
+  <si>
+    <t>Воробейник красно-корневой Lithospermum erythrorhizon</t>
+  </si>
+  <si>
+    <t>Вероникаструм виргинский "Lavendenturm" V. virginicum</t>
+  </si>
+  <si>
+    <t>Ясенец голостолбиковый Dictamnus gymnostylis</t>
+  </si>
+  <si>
+    <t>Орех ланкастерский</t>
+  </si>
+  <si>
+    <t xml:space="preserve">     Семена сбора 2024-2023гг.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">                 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  Семена сбора 2025г.</t>
+    </r>
+  </si>
+  <si>
+    <t>Пиретрум Дмитрия Pyretrum demitrii</t>
+  </si>
+  <si>
+    <t>Астра альпийская Aster alpinus</t>
+  </si>
+  <si>
+    <t>Воронец красный Actaea rubra</t>
+  </si>
+  <si>
+    <t>Зопник клубеньковый Phlomis tuberosa</t>
+  </si>
+  <si>
+    <t>Наперстянка Мариана Digitalis mariana</t>
+  </si>
+  <si>
+    <t>Ромашка "Cresy Desy" Leucanhemum x superbum</t>
+  </si>
+  <si>
+    <t>Зопник Рассела Phlomis russeliana</t>
+  </si>
+  <si>
+    <t>Астра ромашковая Aster amellus</t>
+  </si>
+  <si>
+    <t>Томмасиния мутовчатая Nammasinia verticilata</t>
+  </si>
+  <si>
+    <t>Сподиопогон сибирский (Серобородник) Spodiopogon sibiricus</t>
+  </si>
+  <si>
+    <t>Анемона Левела х приречная Anemone levelii x rivularis</t>
+  </si>
+  <si>
+    <t>Лузула снежная Luzula nivea</t>
+  </si>
+  <si>
+    <t>Катальпа яйцевидная Catalpa ovata</t>
+  </si>
+  <si>
+    <t>Горец Вейриха Polygonum weyrichii</t>
+  </si>
+  <si>
+    <t>Вернония арканзанская Vernonia crinita</t>
+  </si>
+  <si>
+    <t>Бёмерия триостенная Boehmeria tricuspis</t>
+  </si>
+  <si>
+    <t>Aстра ромашковая А.amellus</t>
+  </si>
+  <si>
+    <t>Катальпа бигнониевидная Catalpa bignonioides</t>
+  </si>
+  <si>
+    <t>Клематис цельнолистный Clematis integrifolia</t>
   </si>
   <si>
     <t>Астра льновидная Aster lynosyris</t>
   </si>
   <si>
-    <t>h-40, цв. светло-жёлтые, мелкие. Листва очень мелкая</t>
-[...118 lines deleted...]
-  <si>
     <t>Зверобой проломниковый Hypericum androsaemum</t>
   </si>
   <si>
-    <t>h-100, цв. Жёлтые, плоды вытянутые, коричневые</t>
-[...5 lines deleted...]
-    <t>Зверобой непахнущий Hypericum inodorum</t>
+    <t>Сивец луговой Succisa pratensis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сильфия Морра </t>
+  </si>
+  <si>
+    <t>h-100-150, цв. светло-сиреневые</t>
+  </si>
+  <si>
+    <t>h-10-40, цв. Кремовые, крупные</t>
+  </si>
+  <si>
+    <t>380рублей</t>
+  </si>
+  <si>
+    <t>h-цветоноса до 150, цв. белые в метельчатом соцветии, цветение в июле</t>
+  </si>
+  <si>
+    <t>h-30-50, цв. розовые, крупные</t>
+  </si>
+  <si>
+    <t>h-200, цв. светло-жёлтые в колосовидном соцветии, листья сердцевидные</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. жёлтые в метельчатом соцветии, листья рассечённые</t>
+  </si>
+  <si>
+    <t>h-40-80, цв. белые  в колосовидном соцветии</t>
+  </si>
+  <si>
+    <t>h-30-50, цв. белые в колосовидном плотном соцветии</t>
+  </si>
+  <si>
+    <t>h-150-200, цв. пурпуро-фиолетовые на крепких стеблях, цветение конец лета-осень</t>
+  </si>
+  <si>
+    <t>h-100-130, цв. Голубые в рыхлых кистевидный соцветиях, цв-е конец июля-сентябрь</t>
+  </si>
+  <si>
+    <t xml:space="preserve">h-130-150, цв. белые </t>
+  </si>
+  <si>
+    <t>Вероникаструм виргинский "Temptation" Veronicastrum virginicum</t>
+  </si>
+  <si>
+    <t>h-100-130, цв. нежно-розовые в колосовидном соцветии</t>
+  </si>
+  <si>
+    <t>h-100-130, цв. светло-фиолетовые в колосовидном соцветии</t>
+  </si>
+  <si>
+    <t>h-130-150, цв. Лавандовые в колосовидном соцветии</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. Голубые в плотных колосовидных соцветиях</t>
+  </si>
+  <si>
+    <t>h-80, цв. кремово-белые в кистевидных соцветиях</t>
+  </si>
+  <si>
+    <t>h-130, цв. кремово-белые в кистевидных соцветиях</t>
+  </si>
+  <si>
+    <t>h-80-100, цв. белые, мелкие. Усыпан мелкими белыми плодами</t>
+  </si>
+  <si>
+    <t>h-30-80, цв. белые мелкие, многочисленные</t>
+  </si>
+  <si>
+    <t>h-60-80, цв. красные мелкие, не требует выкопки на зиму. Групповые посадки!</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. Белые в многочисленных метельчатых соцветиях</t>
+  </si>
+  <si>
+    <t>h-40, цв. беловатые, листья крупные, широкие</t>
+  </si>
+  <si>
+    <t>Диарена американская Diarrhea americana</t>
+  </si>
+  <si>
+    <t>h-50-120, декоративный злак, родина Сев. Америка</t>
+  </si>
+  <si>
+    <t>h-130-150, цв. светло-сиреневые, мелкие в высоком соцветии, листва пальчатая</t>
+  </si>
+  <si>
+    <t>h-20-40, декоративный злак в виде небольшой кочки с очень узкой листвой</t>
+  </si>
+  <si>
+    <t>h-30-60, цв. белые, листья крупные голубые!</t>
+  </si>
+  <si>
+    <t>h-60-100, цв. красные, цветение с июня до середины осени!</t>
+  </si>
+  <si>
+    <t>h-60-100, цв. белые в вертикальных опушённых соцветиях</t>
+  </si>
+  <si>
+    <t>h-180, цв. белые в тонких изящных соцветиях</t>
+  </si>
+  <si>
+    <t xml:space="preserve">h-80, цв. белые </t>
+  </si>
+  <si>
+    <t>h-60-120, цв. Желт.-белые в метельчатом соцветии, листья пальчато-рассечённые</t>
+  </si>
+  <si>
+    <t xml:space="preserve">h-50-100, цв. белые </t>
+  </si>
+  <si>
+    <t>h-40-60, цв. Розовые</t>
+  </si>
+  <si>
+    <t>плоды съедобные, дерево прекрасно зимует</t>
+  </si>
+  <si>
+    <t>50 р. штука</t>
+  </si>
+  <si>
+    <t>h-50-80, цв. лилово-белые листва крупная</t>
+  </si>
+  <si>
+    <t>h-60-100, цв. перламутрово-белые, многочисленные</t>
+  </si>
+  <si>
+    <t>Подорожник антарктический Plantago antarctica</t>
+  </si>
+  <si>
+    <t>h-10-20, листья прикорневые эллептические</t>
+  </si>
+  <si>
+    <t>h-80-130, цв. Белые в зонтичных соцветиях</t>
+  </si>
+  <si>
+    <t>h-60-130, стебли жёсткие, прямостоячии, соцветие метельчатое</t>
+  </si>
+  <si>
+    <t>h-80-100, цв. сиреневые в крупных корзиночных соцветиях</t>
+  </si>
+  <si>
+    <t>h-60-80, плоды жёлтые твёрдые круглые</t>
+  </si>
+  <si>
+    <t>h-60-100, цв. Лиловые</t>
+  </si>
+  <si>
+    <t>h-60-80, цв. снаружи синие, внутри белые с голубыми тычинками</t>
+  </si>
+  <si>
+    <t>h-150, цв.  розовато-белые, август-сентябрь</t>
+  </si>
+  <si>
+    <t>h-80-130, цв. светло-жёлтые</t>
+  </si>
+  <si>
+    <t>h-25-30, цв. белые, цветение в мае-июне</t>
+  </si>
+  <si>
+    <t>h-30-40, цв. жёлтые, мелкие, листва мелкая</t>
+  </si>
+  <si>
+    <t>h-30-40, цв. Голубые, цветение в середине лета</t>
+  </si>
+  <si>
+    <t>h-40-60, цв. мелкие белые, декоротивен красными круглыми плодами в кистях</t>
+  </si>
+  <si>
+    <t>h-200, цв. Желтовато-белые в метельчатых соцветиях, листва крупная</t>
+  </si>
+  <si>
+    <t>h-150-200, цв. белые в крупных зонтиках, сам себя подсевает</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. белые в крупных зонтиках, листья дважды-трижды перистые</t>
+  </si>
+  <si>
+    <t>h-100цв. Жёлтые, плоды красные, затем чёрные вытянутые</t>
+  </si>
+  <si>
+    <t>h-80-130, цв. Сиреневые в колосовидно-мутоычатом соцветии</t>
+  </si>
+  <si>
+    <t>h-50-80, цв. Жёлтые в крупном мутовчатом соцветии, листва крупная</t>
+  </si>
+  <si>
+    <t>декоративное дерево, цветение в июле-августе</t>
+  </si>
+  <si>
+    <t>h-40-60, цв. голубые, прямостоячий куст</t>
+  </si>
+  <si>
+    <t>h-50-100, цв. Розовые опушённые</t>
+  </si>
+  <si>
+    <t>Злак, h-10-20, цв. Белые</t>
+  </si>
+  <si>
+    <t>h-40, цв. Жёлтые при роспуске белеют</t>
+  </si>
+  <si>
+    <t>h-50, соцветия корзинки 1,5-3,0 см в диаметре, белые или жёлтоватые</t>
+  </si>
+  <si>
+    <t>Подорожник степной Plantago steposa</t>
+  </si>
+  <si>
+    <t>h-30-40, листья продолговато-эллиптические опушённые</t>
+  </si>
+  <si>
+    <t>h-50, цв. полумахровые белые с причудливо изогнутыми лепестками</t>
+  </si>
+  <si>
+    <t>h-60-80, цв. сиреневые крупные, цветёт долго</t>
+  </si>
+  <si>
+    <t>h-150, цв. жёлтые ромашковидные, стебли жёские, мощные, листья крупные</t>
+  </si>
+  <si>
+    <t>Сильфия цельнолистная</t>
+  </si>
+  <si>
+    <t>h-100-150, цв. жёлтые, листья копьевидныеплоды круглые, коричневые.</t>
+  </si>
+  <si>
+    <t>h-220-350, цв. жёлтые ромашки, л. крупн., мощные стволы</t>
+  </si>
+  <si>
+    <t>Злак h-80-130, листья с белой полосой по центру</t>
+  </si>
+  <si>
+    <t>h-150, зонтичное растение с крупной дважды перистой листвой</t>
+  </si>
+  <si>
+    <t>h-100, цв. жёлтые в корзиночных соцветиях</t>
   </si>
   <si>
     <t>44.</t>
-  </si>
-[...1018 lines deleted...]
-    <t>h-70-150, цв. белые в крупных зонтичных соцветиях, л. кожистые.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...13 lines deleted...]
-    <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
-[...13 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1750,2511 +1630,2445 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N171"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:D170"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H171" sqref="H171"/>
+      <selection activeCell="A171" sqref="A171"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.85546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="10.28515625" customWidth="1"/>
+    <col min="1" max="1" width="4" customWidth="1"/>
+    <col min="2" max="2" width="62.7109375" customWidth="1"/>
+    <col min="3" max="3" width="78.85546875" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="B2" s="1" t="s">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B1" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="B2" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C2" t="s">
         <v>1</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" t="s">
+        <v>4</v>
+      </c>
+      <c r="C3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" t="s">
         <v>6</v>
       </c>
-      <c r="C3" t="s">
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A4" t="s">
         <v>7</v>
       </c>
-      <c r="D3" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B4" t="s">
-        <v>311</v>
-[...8 lines deleted...]
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>313</v>
-[...9 lines deleted...]
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>315</v>
-[...9 lines deleted...]
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
-        <v>9</v>
+        <v>299</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>343</v>
       </c>
       <c r="D7" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>190</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>191</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>317</v>
-[...8 lines deleted...]
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+      <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>319</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+        <v>33</v>
+      </c>
+      <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>236</v>
+        <v>32</v>
       </c>
       <c r="B13" t="s">
-        <v>320</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>296</v>
+      </c>
+      <c r="C13" t="s">
+        <v>344</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>38</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B15" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="C15" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B16" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>254</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>216</v>
+        <v>290</v>
       </c>
       <c r="C17" t="s">
-        <v>255</v>
+        <v>346</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B18" t="s">
-        <v>217</v>
+        <v>336</v>
       </c>
       <c r="C18" t="s">
-        <v>256</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B19" t="s">
-        <v>325</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>48</v>
       </c>
       <c r="B20" t="s">
-        <v>42</v>
+        <v>292</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>347</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>392</v>
+        <v>49</v>
       </c>
       <c r="B21" t="s">
-        <v>218</v>
+        <v>335</v>
       </c>
       <c r="C21" t="s">
-        <v>257</v>
+        <v>57</v>
       </c>
       <c r="D21" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>244</v>
+      </c>
+      <c r="B22" t="s">
+        <v>300</v>
+      </c>
+      <c r="C22" t="s">
+        <v>348</v>
+      </c>
+      <c r="D22" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" t="s">
+        <v>236</v>
+      </c>
+      <c r="C23" t="s">
+        <v>349</v>
+      </c>
+      <c r="D23" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
+        <v>285</v>
+      </c>
+      <c r="C24" t="s">
+        <v>350</v>
+      </c>
+      <c r="D24" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" t="s">
         <v>59</v>
       </c>
-    </row>
-[...60 lines deleted...]
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C25" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
         <v>58</v>
       </c>
-      <c r="B26" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="B27" t="s">
-        <v>65</v>
+        <v>305</v>
       </c>
       <c r="C27" t="s">
-        <v>333</v>
+        <v>351</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>334</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>352</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>64</v>
       </c>
       <c r="B29" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" t="s">
+        <v>70</v>
+      </c>
+      <c r="D29" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
         <v>65</v>
       </c>
-      <c r="C29" t="s">
+      <c r="B30" t="s">
+        <v>301</v>
+      </c>
+      <c r="C30" t="s">
+        <v>353</v>
+      </c>
+      <c r="D30" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
         <v>66</v>
       </c>
-      <c r="D29" t="s">
-[...10 lines deleted...]
-      <c r="C30" t="s">
+      <c r="B31" t="s">
+        <v>304</v>
+      </c>
+      <c r="C31" t="s">
+        <v>354</v>
+      </c>
+      <c r="D31" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" t="s">
+        <v>311</v>
+      </c>
+      <c r="C32" t="s">
+        <v>356</v>
+      </c>
+      <c r="D32" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
+        <v>355</v>
+      </c>
+      <c r="C33" t="s">
+        <v>357</v>
+      </c>
+      <c r="D33" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" t="s">
+        <v>315</v>
+      </c>
+      <c r="C34" t="s">
+        <v>358</v>
+      </c>
+      <c r="D34" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
+        <v>306</v>
+      </c>
+      <c r="C35" t="s">
+        <v>359</v>
+      </c>
+      <c r="D35" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>76</v>
+      </c>
+      <c r="B36" t="s">
+        <v>240</v>
+      </c>
+      <c r="C36" t="s">
+        <v>360</v>
+      </c>
+      <c r="D36" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>79</v>
+      </c>
+      <c r="B37" t="s">
+        <v>302</v>
+      </c>
+      <c r="C37" t="s">
+        <v>361</v>
+      </c>
+      <c r="D37" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>82</v>
+      </c>
+      <c r="B38" t="s">
+        <v>314</v>
+      </c>
+      <c r="C38" t="s">
+        <v>362</v>
+      </c>
+      <c r="D38" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>83</v>
+      </c>
+      <c r="B39" t="s">
+        <v>73</v>
+      </c>
+      <c r="C39" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>84</v>
+      </c>
+      <c r="B40" t="s">
+        <v>297</v>
+      </c>
+      <c r="C40" t="s">
+        <v>363</v>
+      </c>
+      <c r="D40" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>88</v>
+      </c>
+      <c r="B41" t="s">
+        <v>293</v>
+      </c>
+      <c r="C41" t="s">
+        <v>364</v>
+      </c>
+      <c r="D41" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>91</v>
+      </c>
+      <c r="B42" t="s">
+        <v>77</v>
+      </c>
+      <c r="C42" t="s">
+        <v>78</v>
+      </c>
+      <c r="D42" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>94</v>
+      </c>
+      <c r="B43" t="s">
         <v>291</v>
       </c>
-      <c r="D30" t="s">
-[...21 lines deleted...]
-      <c r="B32" t="s">
+      <c r="C43" t="s">
+        <v>365</v>
+      </c>
+      <c r="D43" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>97</v>
+      </c>
+      <c r="B44" t="s">
+        <v>80</v>
+      </c>
+      <c r="C44" t="s">
+        <v>81</v>
+      </c>
+      <c r="D44" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>100</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>366</v>
+      </c>
+      <c r="D45" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>420</v>
+      </c>
+      <c r="B46" t="s">
+        <v>85</v>
+      </c>
+      <c r="C46" t="s">
+        <v>86</v>
+      </c>
+      <c r="D46" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>103</v>
+      </c>
+      <c r="B47" t="s">
+        <v>89</v>
+      </c>
+      <c r="C47" t="s">
+        <v>90</v>
+      </c>
+      <c r="D47" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" t="s">
+        <v>367</v>
+      </c>
+      <c r="C48" t="s">
+        <v>368</v>
+      </c>
+      <c r="D48" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A49">
+        <v>47</v>
+      </c>
+      <c r="B49" t="s">
+        <v>92</v>
+      </c>
+      <c r="C49" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>110</v>
+      </c>
+      <c r="B50" t="s">
+        <v>95</v>
+      </c>
+      <c r="C50" t="s">
+        <v>96</v>
+      </c>
+      <c r="D50" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>111</v>
+      </c>
+      <c r="B51" t="s">
+        <v>98</v>
+      </c>
+      <c r="C51" t="s">
+        <v>99</v>
+      </c>
+      <c r="D51" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>114</v>
+      </c>
+      <c r="B52" t="s">
+        <v>101</v>
+      </c>
+      <c r="C52" t="s">
+        <v>102</v>
+      </c>
+      <c r="D52" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>115</v>
+      </c>
+      <c r="B53" t="s">
+        <v>104</v>
+      </c>
+      <c r="C53" t="s">
+        <v>105</v>
+      </c>
+      <c r="D53" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>116</v>
+      </c>
+      <c r="B54" t="s">
+        <v>107</v>
+      </c>
+      <c r="C54" t="s">
+        <v>108</v>
+      </c>
+      <c r="D54" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>118</v>
+      </c>
+      <c r="B55" t="s">
+        <v>112</v>
+      </c>
+      <c r="C55" t="s">
+        <v>113</v>
+      </c>
+      <c r="D55" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>121</v>
+      </c>
+      <c r="B56" t="s">
+        <v>298</v>
+      </c>
+      <c r="C56" t="s">
+        <v>369</v>
+      </c>
+      <c r="D56" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>124</v>
+      </c>
+      <c r="B57" t="s">
+        <v>287</v>
+      </c>
+      <c r="C57" t="s">
+        <v>370</v>
+      </c>
+      <c r="D57" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>125</v>
+      </c>
+      <c r="B58" t="s">
+        <v>117</v>
+      </c>
+      <c r="C58" t="s">
+        <v>371</v>
+      </c>
+      <c r="D58" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>128</v>
+      </c>
+      <c r="B59" t="s">
+        <v>119</v>
+      </c>
+      <c r="C59" t="s">
+        <v>120</v>
+      </c>
+      <c r="D59" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>132</v>
+      </c>
+      <c r="B60" t="s">
+        <v>122</v>
+      </c>
+      <c r="C60" t="s">
+        <v>123</v>
+      </c>
+      <c r="D60" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>133</v>
+      </c>
+      <c r="B61" t="s">
+        <v>126</v>
+      </c>
+      <c r="C61" t="s">
+        <v>127</v>
+      </c>
+      <c r="D61" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>135</v>
+      </c>
+      <c r="B62" t="s">
+        <v>129</v>
+      </c>
+      <c r="C62" t="s">
+        <v>130</v>
+      </c>
+      <c r="D62" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>138</v>
+      </c>
+      <c r="B63" t="s">
+        <v>289</v>
+      </c>
+      <c r="C63" t="s">
+        <v>372</v>
+      </c>
+      <c r="D63" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>141</v>
+      </c>
+      <c r="B64" t="s">
+        <v>136</v>
+      </c>
+      <c r="C64" t="s">
+        <v>137</v>
+      </c>
+      <c r="D64" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>142</v>
+      </c>
+      <c r="B65" t="s">
+        <v>139</v>
+      </c>
+      <c r="C65" t="s">
+        <v>140</v>
+      </c>
+      <c r="D65" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>145</v>
+      </c>
+      <c r="B66" t="s">
+        <v>143</v>
+      </c>
+      <c r="C66" t="s">
+        <v>144</v>
+      </c>
+      <c r="D66" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>146</v>
+      </c>
+      <c r="B67" t="s">
+        <v>307</v>
+      </c>
+      <c r="C67" t="s">
+        <v>373</v>
+      </c>
+      <c r="D67" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>147</v>
+      </c>
+      <c r="B68" t="s">
+        <v>134</v>
+      </c>
+      <c r="C68" t="s">
+        <v>374</v>
+      </c>
+      <c r="D68" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>148</v>
+      </c>
+      <c r="B69" t="s">
+        <v>312</v>
+      </c>
+      <c r="C69" t="s">
+        <v>375</v>
+      </c>
+      <c r="D69" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>150</v>
+      </c>
+      <c r="B70" t="s">
+        <v>308</v>
+      </c>
+      <c r="C70" t="s">
+        <v>310</v>
+      </c>
+      <c r="D70" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>151</v>
+      </c>
+      <c r="B71" t="s">
+        <v>308</v>
+      </c>
+      <c r="C71" t="s">
+        <v>309</v>
+      </c>
+      <c r="D71" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>154</v>
+      </c>
+      <c r="B72" t="s">
+        <v>286</v>
+      </c>
+      <c r="C72" t="s">
+        <v>376</v>
+      </c>
+      <c r="D72" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>155</v>
+      </c>
+      <c r="B73" t="s">
+        <v>152</v>
+      </c>
+      <c r="C73" t="s">
+        <v>153</v>
+      </c>
+      <c r="D73" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>157</v>
+      </c>
+      <c r="B74" t="s">
         <v>294</v>
       </c>
-      <c r="C32" t="s">
+      <c r="C74" t="s">
+        <v>377</v>
+      </c>
+      <c r="D74" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>158</v>
+      </c>
+      <c r="B75" t="s">
         <v>295</v>
       </c>
-      <c r="D32" t="s">
-[...172 lines deleted...]
-      <c r="A45" t="s">
+      <c r="C75" t="s">
+        <v>378</v>
+      </c>
+      <c r="D75" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>161</v>
+      </c>
+      <c r="B76" t="s">
+        <v>159</v>
+      </c>
+      <c r="C76" t="s">
+        <v>160</v>
+      </c>
+      <c r="D76" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>164</v>
+      </c>
+      <c r="B77" t="s">
+        <v>162</v>
+      </c>
+      <c r="C77" t="s">
+        <v>163</v>
+      </c>
+      <c r="D77" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>165</v>
+      </c>
+      <c r="B78" t="s">
+        <v>317</v>
+      </c>
+      <c r="C78" t="s">
+        <v>379</v>
+      </c>
+      <c r="D78" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>168</v>
+      </c>
+      <c r="B79" t="s">
+        <v>166</v>
+      </c>
+      <c r="C79" t="s">
+        <v>167</v>
+      </c>
+      <c r="D79" t="s">
         <v>87</v>
       </c>
-      <c r="B45" t="s">
-[...503 lines deleted...]
-    <row r="80" spans="1:14" x14ac:dyDescent="0.25">
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>401</v>
+        <v>171</v>
       </c>
       <c r="B80" t="s">
-        <v>363</v>
+        <v>169</v>
       </c>
       <c r="C80" t="s">
-        <v>364</v>
+        <v>170</v>
       </c>
       <c r="D80" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="B81" t="s">
-        <v>153</v>
+        <v>283</v>
       </c>
       <c r="C81" t="s">
-        <v>369</v>
+        <v>381</v>
       </c>
       <c r="D81" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>158</v>
+        <v>175</v>
       </c>
       <c r="B82" t="s">
-        <v>156</v>
+        <v>288</v>
       </c>
       <c r="C82" t="s">
-        <v>157</v>
+        <v>382</v>
       </c>
       <c r="D82" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>247</v>
+        <v>178</v>
       </c>
       <c r="B83" t="s">
-        <v>159</v>
+        <v>176</v>
       </c>
       <c r="C83" t="s">
-        <v>275</v>
+        <v>177</v>
       </c>
       <c r="D83" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>373</v>
+        <v>181</v>
       </c>
       <c r="B84" t="s">
-        <v>228</v>
+        <v>383</v>
       </c>
       <c r="C84" t="s">
-        <v>276</v>
+        <v>384</v>
       </c>
       <c r="D84" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="B85" t="s">
-        <v>365</v>
+        <v>266</v>
       </c>
       <c r="C85" t="s">
-        <v>277</v>
+        <v>385</v>
       </c>
       <c r="D85" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>248</v>
+        <v>183</v>
       </c>
       <c r="B86" t="s">
-        <v>279</v>
+        <v>185</v>
       </c>
       <c r="C86" t="s">
-        <v>280</v>
+        <v>186</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>249</v>
+        <v>184</v>
       </c>
       <c r="B87" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="C87" t="s">
-        <v>366</v>
+        <v>386</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>250</v>
+        <v>187</v>
       </c>
       <c r="B88" t="s">
-        <v>229</v>
+        <v>188</v>
       </c>
       <c r="C88" t="s">
-        <v>281</v>
+        <v>189</v>
       </c>
       <c r="D88" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>251</v>
+        <v>190</v>
       </c>
       <c r="B89" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>197</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>198</v>
       </c>
       <c r="D89" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>252</v>
+        <v>191</v>
       </c>
       <c r="B90" t="s">
-        <v>308</v>
+        <v>202</v>
       </c>
       <c r="C90" t="s">
-        <v>370</v>
+        <v>203</v>
       </c>
       <c r="D90" t="s">
-        <v>13</v>
+        <v>204</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>402</v>
+        <v>192</v>
       </c>
       <c r="B91" t="s">
-        <v>371</v>
+        <v>207</v>
       </c>
       <c r="C91" t="s">
-        <v>372</v>
+        <v>208</v>
       </c>
       <c r="D91" t="s">
-        <v>59</v>
+        <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>403</v>
+        <v>193</v>
       </c>
       <c r="B92" t="s">
-        <v>374</v>
+        <v>278</v>
       </c>
       <c r="C92" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="D92" t="s">
-        <v>286</v>
+        <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>166</v>
+        <v>194</v>
       </c>
       <c r="B93" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="C93" t="s">
-        <v>165</v>
+        <v>211</v>
       </c>
       <c r="D93" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>379</v>
+        <v>195</v>
       </c>
       <c r="B94" t="s">
-        <v>230</v>
+        <v>303</v>
       </c>
       <c r="C94" t="s">
-        <v>282</v>
+        <v>388</v>
       </c>
       <c r="D94" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>380</v>
+        <v>196</v>
       </c>
       <c r="B95" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="C95" t="s">
-        <v>232</v>
+        <v>213</v>
       </c>
       <c r="D95" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>173</v>
+        <v>199</v>
       </c>
       <c r="B96" t="s">
-        <v>167</v>
+        <v>214</v>
       </c>
       <c r="C96" t="s">
-        <v>168</v>
+        <v>215</v>
       </c>
       <c r="D96" t="s">
-        <v>378</v>
+        <v>22</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="B97" t="s">
-        <v>307</v>
+        <v>216</v>
       </c>
       <c r="C97" t="s">
-        <v>376</v>
+        <v>217</v>
       </c>
       <c r="D97" t="s">
-        <v>377</v>
+        <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>179</v>
+        <v>201</v>
       </c>
       <c r="B98" t="s">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="C98" t="s">
-        <v>170</v>
+        <v>219</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>180</v>
+        <v>205</v>
       </c>
       <c r="B99" t="s">
-        <v>171</v>
+        <v>220</v>
       </c>
       <c r="C99" t="s">
-        <v>172</v>
+        <v>221</v>
       </c>
       <c r="D99" t="s">
-        <v>4</v>
+        <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>183</v>
+        <v>206</v>
       </c>
       <c r="B100" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="C100" t="s">
-        <v>283</v>
+        <v>223</v>
       </c>
       <c r="D100" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>184</v>
+        <v>209</v>
       </c>
       <c r="B101" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="C101" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="D101" t="s">
-        <v>13</v>
+        <v>345</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A102" t="s">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B102" s="1" t="s">
+        <v>318</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>3</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>17</v>
       </c>
       <c r="C103" t="s">
-        <v>284</v>
+        <v>392</v>
       </c>
       <c r="D103" t="s">
-        <v>59</v>
+        <v>149</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>406</v>
+        <v>7</v>
       </c>
       <c r="B104" t="s">
-        <v>185</v>
+        <v>15</v>
       </c>
       <c r="C104" t="s">
-        <v>383</v>
+        <v>226</v>
       </c>
       <c r="D104" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>407</v>
+        <v>8</v>
       </c>
       <c r="B105" t="s">
-        <v>384</v>
+        <v>20</v>
       </c>
       <c r="C105" t="s">
-        <v>385</v>
+        <v>21</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>408</v>
+        <v>11</v>
       </c>
       <c r="B106" t="s">
-        <v>386</v>
+        <v>41</v>
       </c>
       <c r="C106" t="s">
-        <v>427</v>
+        <v>227</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>409</v>
+        <v>14</v>
       </c>
       <c r="B107" t="s">
-        <v>235</v>
+        <v>38</v>
       </c>
       <c r="C107" t="s">
-        <v>387</v>
+        <v>39</v>
       </c>
       <c r="D107" t="s">
-        <v>13</v>
+        <v>149</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>410</v>
+        <v>16</v>
       </c>
       <c r="B108" t="s">
-        <v>388</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>330</v>
+      </c>
+      <c r="C108" t="s">
+        <v>390</v>
+      </c>
+      <c r="D108" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>411</v>
+        <v>19</v>
       </c>
       <c r="B109" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="C109" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C109" t="s">
         <v>391</v>
       </c>
       <c r="D109" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>412</v>
+        <v>23</v>
       </c>
       <c r="B110" t="s">
-        <v>187</v>
+        <v>228</v>
       </c>
       <c r="C110" t="s">
-        <v>188</v>
+        <v>229</v>
       </c>
       <c r="D110" t="s">
-        <v>59</v>
+        <v>22</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B111" s="1" t="s">
-        <v>289</v>
+      <c r="A111" t="s">
+        <v>26</v>
+      </c>
+      <c r="B111" t="s">
+        <v>321</v>
+      </c>
+      <c r="C111" t="s">
+        <v>393</v>
+      </c>
+      <c r="D111" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="B112" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B112" t="s">
+        <v>339</v>
+      </c>
+      <c r="C112" t="s">
+        <v>394</v>
+      </c>
+      <c r="D112" t="s">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>327</v>
       </c>
       <c r="C113" t="s">
-        <v>215</v>
+        <v>395</v>
       </c>
       <c r="D113" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="B114" t="s">
-        <v>15</v>
+        <v>230</v>
       </c>
       <c r="C114" t="s">
-        <v>16</v>
+        <v>231</v>
       </c>
       <c r="D114" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="B115" t="s">
-        <v>25</v>
+        <v>232</v>
       </c>
       <c r="C115" t="s">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>131</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="B116" t="s">
-        <v>21</v>
+        <v>234</v>
       </c>
       <c r="C116" t="s">
-        <v>22</v>
+        <v>235</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="B117" t="s">
-        <v>28</v>
+        <v>236</v>
       </c>
       <c r="C117" t="s">
-        <v>29</v>
+        <v>237</v>
       </c>
       <c r="D117" t="s">
-        <v>4</v>
+        <v>149</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="B118" t="s">
-        <v>192</v>
+        <v>238</v>
       </c>
       <c r="C118" t="s">
-        <v>193</v>
+        <v>239</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>131</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="B119" t="s">
-        <v>39</v>
+        <v>240</v>
       </c>
       <c r="C119" t="s">
-        <v>40</v>
+        <v>241</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="B120" t="s">
-        <v>36</v>
+        <v>242</v>
       </c>
       <c r="C120" t="s">
-        <v>37</v>
+        <v>243</v>
       </c>
       <c r="D120" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="B121" t="s">
-        <v>30</v>
+        <v>322</v>
       </c>
       <c r="C121" t="s">
-        <v>31</v>
+        <v>396</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="B122" t="s">
-        <v>290</v>
+        <v>333</v>
       </c>
       <c r="C122" t="s">
-        <v>34</v>
+        <v>397</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="B123" t="s">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="C123" t="s">
-        <v>47</v>
+        <v>399</v>
       </c>
       <c r="D123" t="s">
-        <v>4</v>
+        <v>149</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="B124" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="C124" t="s">
-        <v>194</v>
+        <v>398</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="B125" t="s">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="C125" t="s">
-        <v>52</v>
+        <v>246</v>
       </c>
       <c r="D125" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="B126" t="s">
-        <v>56</v>
+        <v>340</v>
       </c>
       <c r="C126" t="s">
-        <v>219</v>
+        <v>400</v>
       </c>
       <c r="D126" t="s">
-        <v>49</v>
+        <v>6</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="B127" t="s">
-        <v>65</v>
+        <v>323</v>
       </c>
       <c r="C127" t="s">
-        <v>66</v>
+        <v>401</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B128" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>326</v>
+      </c>
+      <c r="C128" t="s">
+        <v>402</v>
       </c>
       <c r="D128" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="B129" t="s">
-        <v>416</v>
-[...12 lines deleted...]
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+        <v>337</v>
+      </c>
+      <c r="C129" t="s">
+        <v>403</v>
+      </c>
+      <c r="D129" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>392</v>
+        <v>65</v>
       </c>
       <c r="B130" t="s">
-        <v>417</v>
-[...11 lines deleted...]
-    <row r="131" spans="1:8" x14ac:dyDescent="0.25">
+        <v>332</v>
+      </c>
+      <c r="C130" t="s">
+        <v>403</v>
+      </c>
+      <c r="D130" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="B131" t="s">
+        <v>119</v>
+      </c>
+      <c r="C131" t="s">
+        <v>120</v>
+      </c>
+      <c r="D131" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
         <v>67</v>
       </c>
-      <c r="C131" t="s">
+      <c r="B132" t="s">
+        <v>122</v>
+      </c>
+      <c r="C132" t="s">
+        <v>123</v>
+      </c>
+      <c r="D132" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
         <v>68</v>
       </c>
-      <c r="D131" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="B133" t="s">
-        <v>195</v>
+        <v>338</v>
       </c>
       <c r="C133" t="s">
-        <v>196</v>
+        <v>404</v>
       </c>
       <c r="D133" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:8" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="B134" t="s">
-        <v>80</v>
+        <v>247</v>
       </c>
       <c r="C134" t="s">
-        <v>343</v>
+        <v>248</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:8" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B135" t="s">
-        <v>302</v>
+        <v>134</v>
       </c>
       <c r="C135" t="s">
-        <v>419</v>
+        <v>374</v>
       </c>
       <c r="D135" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:8" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="B136" t="s">
-        <v>93</v>
+        <v>249</v>
       </c>
       <c r="C136" t="s">
-        <v>94</v>
+        <v>250</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:8" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B137" t="s">
-        <v>96</v>
+        <v>136</v>
       </c>
       <c r="C137" t="s">
-        <v>420</v>
+        <v>405</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:8" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="B138" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-    <row r="139" spans="1:8" x14ac:dyDescent="0.25">
+        <v>331</v>
+      </c>
+      <c r="C138" t="s">
+        <v>406</v>
+      </c>
+      <c r="D138" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="B139" t="s">
-        <v>106</v>
-[...12 lines deleted...]
-    <row r="140" spans="1:8" x14ac:dyDescent="0.25">
+        <v>251</v>
+      </c>
+      <c r="C139" t="s">
+        <v>252</v>
+      </c>
+      <c r="D139" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>237</v>
+        <v>84</v>
       </c>
       <c r="B140" t="s">
         <v>253</v>
       </c>
-      <c r="C140" s="4" t="s">
-[...10 lines deleted...]
-    <row r="141" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="C140" t="s">
+        <v>254</v>
+      </c>
+      <c r="D140" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="B141" t="s">
-        <v>423</v>
-[...12 lines deleted...]
-    <row r="142" spans="1:8" x14ac:dyDescent="0.25">
+        <v>255</v>
+      </c>
+      <c r="C141" t="s">
+        <v>156</v>
+      </c>
+      <c r="D141" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="B142" t="s">
-        <v>198</v>
-[...8 lines deleted...]
-    <row r="143" spans="1:8" x14ac:dyDescent="0.25">
+        <v>324</v>
+      </c>
+      <c r="C142" t="s">
+        <v>407</v>
+      </c>
+      <c r="D142" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="B143" t="s">
-        <v>127</v>
-[...11 lines deleted...]
-    <row r="144" spans="1:8" x14ac:dyDescent="0.25">
+        <v>256</v>
+      </c>
+      <c r="C143" t="s">
+        <v>257</v>
+      </c>
+      <c r="D143" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>394</v>
+        <v>97</v>
       </c>
       <c r="B144" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="C144" t="s">
-        <v>201</v>
+        <v>259</v>
       </c>
       <c r="D144" t="s">
-        <v>189</v>
+        <v>149</v>
       </c>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="B145" t="s">
-        <v>131</v>
+        <v>260</v>
       </c>
       <c r="C145" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>261</v>
+      </c>
+      <c r="D145" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>75</v>
+        <v>420</v>
       </c>
       <c r="B146" t="s">
-        <v>202</v>
+        <v>262</v>
       </c>
       <c r="C146" t="s">
-        <v>129</v>
+        <v>263</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
       <c r="B147" t="s">
-        <v>133</v>
+        <v>264</v>
       </c>
       <c r="C147" t="s">
-        <v>134</v>
+        <v>265</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>77</v>
+        <v>106</v>
       </c>
       <c r="B148" t="s">
-        <v>227</v>
+        <v>172</v>
       </c>
       <c r="C148" t="s">
-        <v>135</v>
+        <v>173</v>
       </c>
       <c r="D148" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="B149" t="s">
-        <v>136</v>
+        <v>320</v>
       </c>
       <c r="C149" t="s">
-        <v>137</v>
+        <v>408</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="B150" t="s">
-        <v>138</v>
+        <v>179</v>
       </c>
       <c r="C150" t="s">
-        <v>139</v>
+        <v>180</v>
       </c>
       <c r="D150" t="s">
-        <v>4</v>
+        <v>149</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>82</v>
+        <v>111</v>
       </c>
       <c r="B151" t="s">
-        <v>140</v>
+        <v>409</v>
       </c>
       <c r="C151" t="s">
-        <v>141</v>
+        <v>410</v>
       </c>
       <c r="D151" t="s">
-        <v>4</v>
+        <v>149</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="B152" t="s">
-        <v>143</v>
+        <v>185</v>
       </c>
       <c r="C152" t="s">
-        <v>144</v>
+        <v>186</v>
       </c>
       <c r="D152" t="s">
-        <v>4</v>
+        <v>149</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>239</v>
+        <v>115</v>
       </c>
       <c r="B153" t="s">
-        <v>146</v>
+        <v>267</v>
       </c>
       <c r="C153" t="s">
-        <v>147</v>
+        <v>268</v>
       </c>
       <c r="D153" t="s">
-        <v>4</v>
+        <v>245</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>87</v>
+        <v>116</v>
       </c>
       <c r="B154" t="s">
-        <v>203</v>
+        <v>269</v>
       </c>
       <c r="C154" t="s">
-        <v>204</v>
+        <v>270</v>
       </c>
       <c r="D154" t="s">
-        <v>4</v>
+        <v>245</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="B155" t="s">
-        <v>150</v>
+        <v>271</v>
       </c>
       <c r="C155" t="s">
-        <v>151</v>
+        <v>272</v>
       </c>
       <c r="D155" t="s">
-        <v>11</v>
+        <v>245</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="B156" t="s">
-        <v>156</v>
+        <v>273</v>
       </c>
       <c r="C156" t="s">
-        <v>157</v>
+        <v>274</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>245</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>97</v>
+        <v>124</v>
       </c>
       <c r="B157" t="s">
-        <v>159</v>
+        <v>325</v>
       </c>
       <c r="C157" t="s">
-        <v>275</v>
+        <v>411</v>
       </c>
       <c r="D157" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>100</v>
+        <v>125</v>
       </c>
       <c r="B158" t="s">
-        <v>279</v>
+        <v>341</v>
       </c>
       <c r="C158" t="s">
-        <v>280</v>
+        <v>412</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>240</v>
+        <v>128</v>
       </c>
       <c r="B159" t="s">
-        <v>160</v>
+        <v>342</v>
       </c>
       <c r="C159" t="s">
-        <v>278</v>
+        <v>413</v>
       </c>
       <c r="D159" t="s">
-        <v>11</v>
+        <v>131</v>
       </c>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>102</v>
+        <v>132</v>
       </c>
       <c r="B160" t="s">
-        <v>205</v>
+        <v>275</v>
       </c>
       <c r="C160" t="s">
-        <v>206</v>
+        <v>416</v>
       </c>
       <c r="D160" t="s">
-        <v>197</v>
+        <v>131</v>
       </c>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="B161" t="s">
-        <v>207</v>
+        <v>414</v>
       </c>
       <c r="C161" t="s">
-        <v>208</v>
+        <v>415</v>
       </c>
       <c r="D161" t="s">
-        <v>197</v>
+        <v>149</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>241</v>
+        <v>135</v>
       </c>
       <c r="B162" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="C162" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D162" t="s">
-        <v>197</v>
+        <v>131</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="B163" t="s">
-        <v>211</v>
+        <v>276</v>
       </c>
       <c r="C163" t="s">
-        <v>212</v>
+        <v>277</v>
       </c>
       <c r="D163" t="s">
-        <v>197</v>
+        <v>149</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>113</v>
+        <v>141</v>
       </c>
       <c r="B164" t="s">
-        <v>162</v>
+        <v>278</v>
       </c>
       <c r="C164" t="s">
-        <v>163</v>
+        <v>279</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="B165" t="s">
-        <v>213</v>
+        <v>329</v>
       </c>
       <c r="C165" t="s">
-        <v>214</v>
+        <v>417</v>
       </c>
       <c r="D165" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>242</v>
+        <v>145</v>
       </c>
       <c r="B166" t="s">
-        <v>171</v>
+        <v>328</v>
       </c>
       <c r="C166" t="s">
-        <v>172</v>
+        <v>418</v>
       </c>
       <c r="D166" t="s">
-        <v>49</v>
+        <v>131</v>
       </c>
     </row>
     <row r="167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>243</v>
+        <v>146</v>
       </c>
       <c r="B167" t="s">
-        <v>174</v>
+        <v>212</v>
       </c>
       <c r="C167" t="s">
-        <v>175</v>
+        <v>419</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
     <row r="168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>116</v>
+        <v>147</v>
       </c>
       <c r="B168" t="s">
-        <v>177</v>
+        <v>280</v>
       </c>
       <c r="C168" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>131</v>
       </c>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>395</v>
+        <v>148</v>
       </c>
       <c r="B169" t="s">
-        <v>181</v>
+        <v>214</v>
       </c>
       <c r="C169" t="s">
-        <v>182</v>
+        <v>282</v>
       </c>
       <c r="D169" t="s">
-        <v>49</v>
+        <v>149</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>119</v>
+        <v>150</v>
       </c>
       <c r="B170" t="s">
-        <v>185</v>
+        <v>224</v>
       </c>
       <c r="C170" t="s">
-        <v>186</v>
+        <v>225</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
-[...13 lines deleted...]
-        <v>11</v>
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
-  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gennady</dc:creator>
+  <dc:creator>Геннадий</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>